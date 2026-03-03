--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df7c682862c417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dca9660ef064406" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R60891d96d6d94362"/>
-[...3 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2ac67bde623d4c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R79795987307e4e66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R463b4692d8af4ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R68a599da4820425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0e6c011150704dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf1c32c1ac5234463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font/>
     <x:font>
       <x:b/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border/>
   </x:borders>
   <x:cellXfs>
     <x:xf/>
     <x:xf fontId="1" applyFont="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376e486a4e364990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60891d96d6d94362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rdf6ecfafb9484ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R52d22df9558e4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rc02103954ad142f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R2ac67bde623d4c7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368df2ff8048416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79795987307e4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R463b4692d8af4ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R68a599da4820425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R0e6c011150704dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rf1c32c1ac5234463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="10" customWidth="1"/>
     <x:col min="3" max="3" width="10" customWidth="1"/>
     <x:col min="4" max="4" width="10" customWidth="1"/>
     <x:col min="5" max="5" width="10" customWidth="1"/>
     <x:col min="6" max="6" width="10" customWidth="1"/>
     <x:col min="7" max="7" width="10" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>Bruk</x:v>
       </x:c>
       <x:c s="1" t="str">