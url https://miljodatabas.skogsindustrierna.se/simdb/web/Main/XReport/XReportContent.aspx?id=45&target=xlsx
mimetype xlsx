--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5538b460846a490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371fdf11e9d44cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc9a0050499784f1a"/>
-[...3 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ree640b8aeecc41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4127549f39e54288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R971df901f6634e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdbc3afc46ded4644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4f28ee54ab12434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0f92faf0ab354fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font/>
     <x:font>
       <x:b/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border/>
   </x:borders>
   <x:cellXfs>
     <x:xf/>
     <x:xf fontId="1" applyFont="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce49af9909a4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9a0050499784f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R75c74368c3e84b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rfb262b36b9e14265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rd8d0119a0c83482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Ree640b8aeecc41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ff1e423ee0437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4127549f39e54288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R971df901f6634e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rdbc3afc46ded4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R4f28ee54ab12434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R0f92faf0ab354fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>Produkt</x:v>
       </x:c>
       <x:c s="1" t="str">
         <x:v>Värde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="1" t="str">
         <x:v>1000 ton</x:v>
       </x:c>