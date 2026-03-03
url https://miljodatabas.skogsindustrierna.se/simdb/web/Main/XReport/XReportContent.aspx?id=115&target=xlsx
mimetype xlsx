--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8aaa0e239342cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2413ef13f0e4141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd419745133cc47bc"/>
-[...3 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbe7ad232f3bd4f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0ad35daa90304580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R15ef79b6edd54928"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3b53265be2514ca3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcd240d67359d4367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1ac5f54f5bae48e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font/>
     <x:font>
       <x:b/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border/>
   </x:borders>
   <x:cellXfs>
     <x:xf/>
     <x:xf fontId="1" applyFont="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69632c83c5de465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd419745133cc47bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb157f75aeb7f4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb34d0af7c40946b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R74e7b2fbdf15424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="Rbe7ad232f3bd4f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb4132f655d43bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ad35daa90304580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R15ef79b6edd54928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R3b53265be2514ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Rcd240d67359d4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="R1ac5f54f5bae48e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="10" customWidth="1"/>
     <x:col min="3" max="3" width="10" customWidth="1"/>
     <x:col min="4" max="4" width="10" customWidth="1"/>
     <x:col min="5" max="5" width="10" customWidth="1"/>
     <x:col min="6" max="6" width="10" customWidth="1"/>
     <x:col min="7" max="7" width="10" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="1" t="str">
         <x:v>Bruk</x:v>
       </x:c>
       <x:c s="1" t="str">
@@ -3538,61 +3538,61 @@
         <x:v>347.267</x:v>
       </x:c>
       <x:c t="n">
         <x:v>337.03</x:v>
       </x:c>
       <x:c t="n">
         <x:v>91.129</x:v>
       </x:c>
       <x:c t="n">
         <x:v>0.092</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BillerudKorsnäs, Gruvöns Bruk</x:v>
       </x:c>
       <x:c t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c t="n">
         <x:v>174.65</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
-      <x:c t="str">
-        <x:v/>
+      <x:c t="n">
+        <x:v>517.744</x:v>
       </x:c>
       <x:c t="n">
         <x:v>505.968</x:v>
       </x:c>
-      <x:c t="str">
-[...3 lines deleted...]
-        <x:v/>
+      <x:c t="n">
+        <x:v>416.561</x:v>
+      </x:c>
+      <x:c t="n">
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BillerudKorsnäs, Karlsborgs bruk</x:v>
       </x:c>
       <x:c t="n">
         <x:v>7180.527</x:v>
       </x:c>
       <x:c t="n">
         <x:v>117.798</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="n">
         <x:v>118.743</x:v>
       </x:c>
       <x:c t="n">
         <x:v>166.595</x:v>
       </x:c>
       <x:c t="str">
@@ -5047,60 +5047,60 @@
       </x:c>
       <x:c t="n">
         <x:v>235.82</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>$99</x:v>
       </x:c>
       <x:c t="n">
         <x:v>222100.063</x:v>
       </x:c>
       <x:c t="n">
         <x:v>8135.051</x:v>
       </x:c>
       <x:c t="n">
         <x:v>1361.745</x:v>
       </x:c>
       <x:c t="n">
-        <x:v>8333.96701</x:v>
+        <x:v>8851.71101</x:v>
       </x:c>
       <x:c t="n">
         <x:v>9696.6864</x:v>
       </x:c>
       <x:c t="n">
-        <x:v>6143.9312</x:v>
-[...2 lines deleted...]
-        <x:v>1345.608</x:v>
+        <x:v>6560.4922</x:v>
+      </x:c>
+      <x:c t="n">
+        <x:v>1346.708</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:C1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="10" customWidth="1"/>
     <x:col min="3" max="3" width="10" customWidth="1"/>
     <x:col min="4" max="4" width="10" customWidth="1"/>
     <x:col min="5" max="5" width="10" customWidth="1"/>
     <x:col min="6" max="6" width="10" customWidth="1"/>
     <x:col min="7" max="7" width="10" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="10" customWidth="1"/>
     <x:col min="10" max="10" width="10" customWidth="1"/>